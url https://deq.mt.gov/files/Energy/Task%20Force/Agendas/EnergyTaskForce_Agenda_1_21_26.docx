--- v0 (2026-01-20)
+++ v1 (2026-02-07)
@@ -49,570 +49,429 @@
       </w:pPr>
       <w:r>
         <w:t>Jan</w:t>
       </w:r>
       <w:r w:rsidR="715FD0CC">
         <w:t>uary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 21</w:t>
       </w:r>
       <w:r w:rsidR="7B51105D">
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="007B086A">
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A484343" w14:textId="545075D1" w:rsidR="00362FB5" w:rsidRPr="00362FB5" w:rsidRDefault="00362FB5" w:rsidP="009016CA">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00362FB5">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02647A65" w14:textId="7128C70E" w:rsidR="00362FB5" w:rsidRDefault="00362FB5" w:rsidP="009016CA">
+    <w:p w14:paraId="0415EE26" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
-      <w:r>
-        <w:t>9</w:t>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>9:00-9:05</w:t>
       </w:r>
-      <w:r w:rsidRPr="00362FB5">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00362FB5">
+      <w:r w:rsidRPr="00A21F54">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00362FB5">
+      <w:r w:rsidRPr="00A21F54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Welcome &amp; </w:t>
+        <w:t>Welcome &amp; Roll Call</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F42FCE">
+      <w:r w:rsidRPr="00A21F54">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585DD07D" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22143D74" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>9:05-9:20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Roll Call</w:t>
+        <w:t>Work Group &amp; ETIC Updates</w:t>
       </w:r>
-      <w:r w:rsidRPr="00362FB5">
+      <w:r w:rsidRPr="00A21F54">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E23799C" w14:textId="77777777" w:rsidR="00E64543" w:rsidRDefault="00E64543" w:rsidP="009016CA">
-      <w:pPr>
+    <w:p w14:paraId="7D865025" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
         <w:contextualSpacing/>
       </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Reports on the status of Work Group meetings and activities </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3C80A2B5" w14:textId="3B27894A" w:rsidR="0B28D9C2" w:rsidRDefault="0B28D9C2" w:rsidP="54CE0500">
-      <w:pPr>
+    <w:p w14:paraId="24BDA6CF" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>ETIC Update – Sen. Pope/Rep. Parry </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344A703E" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AB52759" w14:textId="049A736B" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>9:20-10:00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>9:05-9:20</w:t>
+        <w:t>Natural Gas System Introduction</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B33422" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Mark Anderson, WBI Energy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE3DC0A" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Mike Cashell, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>NorthWestern</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t> Energy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B91E8A2" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="037D1D64" w14:textId="26C0BFFC" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>10:00-10:45 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="54CE0500">
+      <w:r w:rsidRPr="00A21F54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Work Group</w:t>
+        <w:t>Regional and Tribal Coordination</w:t>
       </w:r>
-      <w:r w:rsidR="5897B50F" w:rsidRPr="54CE0500">
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71DD29D1" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Brian Lipscomb, Energy Keepers, Confederated Salish and Kootenai Tribes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9A225F" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Nathan Neudorf, Minister of Utilities and Affordability, Alberta </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="502582A2" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Cally Younger, Idaho Governor’s Office of Energy &amp; Mineral Resources </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A115ED0" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Rob Creager, Wyoming Energy Authority </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176F22DD" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Amanda Sowden, Crow Tribe  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216BD244" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D992ED6" w14:textId="379670A2" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>10:45-11:00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> &amp; ETIC</w:t>
+        <w:t>Upcoming Meetings and Next Steps</w:t>
       </w:r>
-      <w:r w:rsidRPr="54CE0500">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Updates</w:t>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5DAC27" w14:textId="37D15D7E" w:rsidR="0B28D9C2" w:rsidRDefault="0B28D9C2" w:rsidP="3BED6B67">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="18A68436" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>meetings and activities</w:t>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Butte Open House, Feb 25 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5AC3A7" w14:textId="1F49AC70" w:rsidR="39DA8791" w:rsidRDefault="39DA8791" w:rsidP="40516DB8">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="472AD57F" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>ETIC Update – Sen. Pope/Rep. Parry</w:t>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Full Task Force Meeting, March 11 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4CEF64" w14:textId="408E79BE" w:rsidR="0B28D9C2" w:rsidRDefault="0B28D9C2" w:rsidP="3BED6B67">
-      <w:pPr>
+    <w:p w14:paraId="514D46B9" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
         <w:contextualSpacing/>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t>9:20-10:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Miles City Open House, March 19-20  </w:t>
       </w:r>
-      <w:r w:rsidR="4860A2A7">
-        <w:t>00</w:t>
+    </w:p>
+    <w:p w14:paraId="1C9EFC07" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Colstrip Open House, April 15-16 </w:t>
       </w:r>
-      <w:r w:rsidR="11038510">
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w14:paraId="1A3763B3" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>Work Group Meetings </w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="6163C48C" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59F8849F" w14:textId="406E4542" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>11:00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="54CE0500">
-[...84 lines deleted...]
-      <w:r w:rsidR="49BBA7CB">
+      <w:r w:rsidRPr="00A21F54">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="2A380A0F" w:rsidRPr="54CE0500">
-[...250 lines deleted...]
-      <w:r w:rsidR="00F42FCE" w:rsidRPr="54CE0500">
+      <w:r w:rsidRPr="00A21F54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Public Comment</w:t>
       </w:r>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3DE204B4" w14:textId="07560C0E" w:rsidR="00362FB5" w:rsidRPr="00362FB5" w:rsidRDefault="00362FB5" w:rsidP="3BED6B67">
+    <w:p w14:paraId="2E04A340" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2B0D9879" w14:textId="4E5A1FA3" w:rsidR="00362FB5" w:rsidRPr="00362FB5" w:rsidRDefault="5D1278B7" w:rsidP="54CE0500">
+    <w:p w14:paraId="02F79FC7" w14:textId="77777777" w:rsidR="00A21F54" w:rsidRPr="00A21F54" w:rsidRDefault="00A21F54" w:rsidP="00A21F54">
+      <w:pPr>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t>11:15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Adjourn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21F54">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B0D9879" w14:textId="3009D3FA" w:rsidR="00362FB5" w:rsidRPr="00362FB5" w:rsidRDefault="00362FB5" w:rsidP="00A21F54">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...30 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00362FB5" w:rsidRPr="00362FB5">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="42151887" w14:textId="77777777" w:rsidR="00CE5088" w:rsidRDefault="00CE5088" w:rsidP="001B5030">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -647,50 +506,57 @@
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
       <w:gridCol w:w="3120"/>
     </w:tblGrid>
     <w:tr w:rsidR="0F538AE2" w14:paraId="33352403" w14:textId="77777777" w:rsidTr="0F538AE2">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
@@ -889,50 +755,199 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E9E7A97"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7C4615A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11257839"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07AEF948"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1001,51 +1016,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13427CB3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6AFA5FDE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="152B44B8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2E10931A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1150,51 +1314,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18175ACA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6A0A5AE6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A6E2D8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F53A3320"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1263,51 +1576,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AD758D7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F9827A04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1412,51 +1725,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20854AC0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EAC8B586"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21CB069E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EE489D4"/>
     <w:lvl w:ilvl="0" w:tplc="16589BB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C5865E5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1525,51 +1987,647 @@
     <w:lvl w:ilvl="7" w:tplc="D3644C76">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DC1EEE46">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25904A90"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="59462BB2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="276508EA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="59D6D24E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29AB4163"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="878C79CA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B965424"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5F7C8D66"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DB32FDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54F6D8EE"/>
     <w:lvl w:ilvl="0" w:tplc="B430136A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="315CE65A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1638,51 +2696,51 @@
     <w:lvl w:ilvl="7" w:tplc="38C0A848">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7A98A282">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="334A5756"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8E582C2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1787,51 +2845,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34F1A5C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A5CB1A8"/>
     <w:lvl w:ilvl="0" w:tplc="24706906">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="86C23128">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1900,51 +2958,200 @@
     <w:lvl w:ilvl="7" w:tplc="66CC2188">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DD744CB8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="385D0829"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="93E410A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40D68E66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3200C3C"/>
     <w:lvl w:ilvl="0" w:tplc="DD80164C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E9E20230">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -2013,51 +3220,51 @@
     <w:lvl w:ilvl="7" w:tplc="6CBCD79A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B5BEF15E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41BA2D6F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="53E4E01C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2162,51 +3369,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48BE75C5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C144E000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2311,51 +3518,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="493B242E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="537AE1B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2460,51 +3667,349 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50E354FF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1A2EC222"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BA17655"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C59EB492"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C0B6193"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="457612E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2573,51 +4078,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C4E6DF9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="86D2B0B6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B0A2FFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6B849C8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2686,51 +4340,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D8D118C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E9C6238"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2835,51 +4489,200 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7468050F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8AD8E16C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EE0D28D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="526C6BF8"/>
     <w:lvl w:ilvl="0" w:tplc="91026EF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A55424FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -2948,172 +4751,365 @@
     <w:lvl w:ilvl="7" w:tplc="4C28FB92">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A6242CEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F9A7913"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5D60A49A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2118134081">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1598174538">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="290945030">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="217017428">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1598174538">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="5" w16cid:durableId="1618372063">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1775392849">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1177694548">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="732313209">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1242763484">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2022782989">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2084528618">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="106974719">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1500922242">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="732168245">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1046612107">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1998801351">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="237054814">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="613488242">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2118593824">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1490905796">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1243560587">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="106974719">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="22" w16cid:durableId="1151555610">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1500922242">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="23" w16cid:durableId="849414392">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="732168245">
+  <w:num w:numId="24" w16cid:durableId="658119375">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1876306278">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1881894863">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2077193893">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1378119611">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1435787724">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="154535870">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1046612107">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="31" w16cid:durableId="1440904576">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00362FB5"/>
     <w:rsid w:val="00137B60"/>
     <w:rsid w:val="00165BB1"/>
     <w:rsid w:val="00172921"/>
     <w:rsid w:val="001A28A9"/>
     <w:rsid w:val="001A557C"/>
     <w:rsid w:val="001B5030"/>
     <w:rsid w:val="002878FE"/>
     <w:rsid w:val="002B7D71"/>
     <w:rsid w:val="002C7CF1"/>
     <w:rsid w:val="00326123"/>
     <w:rsid w:val="00327B54"/>
     <w:rsid w:val="00327EED"/>
     <w:rsid w:val="00362FB5"/>
     <w:rsid w:val="003975F2"/>
     <w:rsid w:val="0040700E"/>
     <w:rsid w:val="004434CC"/>
     <w:rsid w:val="00447EA7"/>
     <w:rsid w:val="005233A5"/>
     <w:rsid w:val="00573AD7"/>
+    <w:rsid w:val="00573EEC"/>
     <w:rsid w:val="005B6311"/>
     <w:rsid w:val="005C292E"/>
     <w:rsid w:val="005C793E"/>
     <w:rsid w:val="005F451B"/>
     <w:rsid w:val="005F7E10"/>
     <w:rsid w:val="006472C8"/>
     <w:rsid w:val="006D7FE6"/>
     <w:rsid w:val="007028E2"/>
     <w:rsid w:val="00703E26"/>
     <w:rsid w:val="00712BAF"/>
     <w:rsid w:val="00723E91"/>
     <w:rsid w:val="00724C2E"/>
     <w:rsid w:val="00727EEA"/>
     <w:rsid w:val="007B086A"/>
     <w:rsid w:val="007C708B"/>
     <w:rsid w:val="007D5AFE"/>
     <w:rsid w:val="00835EEA"/>
     <w:rsid w:val="008D032B"/>
     <w:rsid w:val="009016CA"/>
     <w:rsid w:val="009B13CC"/>
     <w:rsid w:val="009B27A3"/>
     <w:rsid w:val="009D5FBA"/>
+    <w:rsid w:val="00A21F54"/>
     <w:rsid w:val="00A460FF"/>
     <w:rsid w:val="00A49ACB"/>
     <w:rsid w:val="00A917C6"/>
     <w:rsid w:val="00B613FB"/>
     <w:rsid w:val="00B75F02"/>
     <w:rsid w:val="00B92E12"/>
     <w:rsid w:val="00BC0DD4"/>
     <w:rsid w:val="00C04355"/>
     <w:rsid w:val="00C75ABB"/>
     <w:rsid w:val="00CA710F"/>
     <w:rsid w:val="00CE5088"/>
     <w:rsid w:val="00D61E9F"/>
     <w:rsid w:val="00D7312B"/>
     <w:rsid w:val="00E21A7B"/>
     <w:rsid w:val="00E37958"/>
     <w:rsid w:val="00E64543"/>
     <w:rsid w:val="00E91A4A"/>
     <w:rsid w:val="00EB533D"/>
     <w:rsid w:val="00F21D65"/>
     <w:rsid w:val="00F42FCE"/>
     <w:rsid w:val="00F46BD6"/>
     <w:rsid w:val="00FD1675"/>
     <w:rsid w:val="01652319"/>
     <w:rsid w:val="0292FC29"/>
     <w:rsid w:val="04D8AC50"/>
@@ -3900,51 +5896,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00362FB5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -5420,56 +7415,50 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010064A2E081C25EA84B9F7B6B867A9015AB" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="12aa6539cc35c4a6005f3da572c00197">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="850a4d05-2204-4545-990e-1f03acce293b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="36d90a46b7c0df951b157c8f2413d47a" ns2:_="">
     <xsd:import namespace="850a4d05-2204-4545-990e-1f03acce293b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="850a4d05-2204-4545-990e-1f03acce293b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -5587,107 +7576,113 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD51396D-EBF5-4679-83FE-48B7D450C2D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C35660B-1816-4C52-827D-1B84853D40E2}">
-[...14 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2A6B157-7140-4939-9B64-1DBCC7F9A7F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="850a4d05-2204-4545-990e-1f03acce293b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C35660B-1816-4C52-827D-1B84853D40E2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="850a4d05-2204-4545-990e-1f03acce293b"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>124</Words>
-  <Characters>754</Characters>
+  <Words>136</Words>
+  <Characters>777</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>State of Montana</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>881</CharactersWithSpaces>
+  <CharactersWithSpaces>912</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nowakowski, Sonja</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010064A2E081C25EA84B9F7B6B867A9015AB</vt:lpwstr>
   </property>